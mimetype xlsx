--- v0 (2025-11-29)
+++ v1 (2026-03-12)
@@ -10435,51 +10435,51 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="100"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Fondsname: Deka MSCI Japan UCITS ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>Indexname: MSCI Japan</t>
+          <t>Indexname: MSCI Japan Index</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Datum: 31.10.2025</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row customHeight="1" ht="300" r="5">
       <c r="A5" s="6" t="inlineStr">
         <is>
           <t>Diese Angaben wurden mit Sorgfalt zusammengestellt. Für die Richtigkeit, Vollständigkeit oder Genauigkeit kann jedoch keine Gewähr übernommen werden.
 Alle Informationen und Daten sind ausschließlich für Informationszwecke bestimmt. Sie stellen keine Vorschläge, Empfehlungen oder gar Anregungen zum Investieren in Finanzinstrumente dar. Gegebenenfalls genannte Zahlen sind nicht verbindlich.
 Diese Inhalte wurden zum Teil zu Werbezwecken erstellt. Alleinverbindliche Grundlage für den Erwerb von Deka Investmentfonds (ETFs der Deka Investment GmbH) sind die jeweiligen Basisinformationsblätter, die jeweiligen Verkaufsprospekte und die jeweiligen Berichte, die Sie in deutscher Sprache bei der Deka Investment GmbH, Lyoner Str. 13, D-60528 Frankfurt am Main und unter https://www.deka-etf.de erhalten.
 Eine Zusammenfassung der Rechte der Anlegenden in deutscher Sprache inclusive weiterer Informationen zu Instrumenten der kollektiven Rechtsdurchsetzung erhalten Sie auf https://www.deka.de/beschwerdemanagement.
 Die Verwaltungsgesellschaft des Investmentfonds kann jederzeit beschließen den Vertrieb zu widerrufen.
 Der Fonds, auf den an dieser Stelle Bezug genommen wird, wird von MSCI weder gefördert, unterstützt noch beworben. MSCI übernimmt keine Haftung für jegliche Fonds oder Indizes, die diesen Fonds zugrunde liegen. Der Verkaufsprospekt enthält eine detailliertere Beschreibung der eingeschränkten Beziehung zwischen dem Lizenzgeber und der Deka Investment GmbH und jeglichen zugehörigen Fonds.
 </t>
         </is>
       </c>
     </row>
   </sheetData>