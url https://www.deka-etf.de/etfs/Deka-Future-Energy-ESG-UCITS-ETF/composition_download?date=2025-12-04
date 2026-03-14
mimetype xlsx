--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -3587,51 +3587,51 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:A5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="100"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Fondsname: Deka Future Energy ESG UCITS ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>Indexname: Future Energy ESG</t>
+          <t>Indexname: Future Energy ESG Index</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Datum: 04.12.2025</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row customHeight="1" ht="300" r="5">
       <c r="A5" s="6" t="inlineStr">
         <is>
           <t>Diese Angaben wurden mit Sorgfalt zusammengestellt. Für die Richtigkeit, Vollständigkeit oder Genauigkeit kann jedoch keine Gewähr übernommen werden.
 Alle Informationen und Daten sind ausschließlich für Informationszwecke bestimmt. Sie stellen keine Vorschläge, Empfehlungen oder gar Anregungen zum Investieren in Finanzinstrumente dar. Gegebenenfalls genannte Zahlen sind nicht verbindlich.
 Diese Inhalte wurden zum Teil zu Werbezwecken erstellt. Alleinverbindliche Grundlage für den Erwerb von Deka Investmentfonds (ETFs der Deka Investment GmbH) sind die jeweiligen Basisinformationsblätter, die jeweiligen Verkaufsprospekte und die jeweiligen Berichte, die Sie in deutscher Sprache bei der Deka Investment GmbH, Lyoner Str. 13, D-60528 Frankfurt am Main und unter https://www.deka-etf.de erhalten.
 Eine Zusammenfassung der Rechte der Anlegenden in deutscher Sprache inclusive weiterer Informationen zu Instrumenten der kollektiven Rechtsdurchsetzung erhalten Sie auf https://www.deka.de/beschwerdemanagement.
 Die Verwaltungsgesellschaft des Investmentfonds kann jederzeit beschließen den Vertrieb zu widerrufen.
 Die Finanzinstrumente von Solactive AG (dem „Lizenzgeber“) werden von Solactive nicht gesponsert, gefördert, verkauft oder auf eine andere Art und Weise unterstützt und der Lizenzgeber bietet keinerlei ausdrückliche oder stillschweigende Garantie oder Zusicherung, weder hinsichtlich der Ergebnisse aus einer Nutzung des Index und/oder der Index-Marke noch hinsichtlich des Index-Stands zu irgendeinem bestimmten Zeitpunkt noch in sonstiger Hinsicht. Der Index wird durch den Lizenzgeber berechnet und veröffentlicht, wobei sich der Lizenzgeber nach besten Kräften bemüht, für die Richtigkeit der Berechnung des Index Sorge zu tragen. Es besteht für den Lizenzgeber – unbeschadet seiner Verpflichtungen gegenüber dem Emittenten – keine Verpflichtung gegenüber Dritten, einschließlich Investoren und/oder Finanzintermediären des Finanzinstruments, auf etwaige Fehler in dem Index hinzuweisen. Weder die Veröffentlichung des Index durch den Lizenzgeber noch die Lizenzierung des Index sowie der Index-Marke für die Nutzung im Zusammenhang mit dem Finanzinstrument stellt eine Empfehlung des Lizenzgebers zur Kapitalanlage dar oder beinhaltet in irgendeiner Weise eine Zusicherung oder Meinung des Lizenzgebers hinsichtlich einer etwaigen Investition in dieses Finanzinstrument. Der Verkaufsprospekt enthält eine detailliertere Beschreibung der eingeschränkten Beziehung zwischen dem Lizenzgeber und der Deka Investment GmbH und jeglichen zugehörigen Fonds.
 </t>
         </is>
       </c>
     </row>
   </sheetData>